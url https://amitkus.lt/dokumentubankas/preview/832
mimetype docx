--- v0 (2025-10-15)
+++ v1 (2026-03-13)
@@ -1,34 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4667465B" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="num" w:pos="5590"/>
         </w:tabs>
         <w:ind w:left="5103"/>
@@ -289,62 +287,65 @@
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>UGDYMO MOKYKLĄ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73EABAA3" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4020"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F06F9A7" w14:textId="37C3A70F" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="0F06F9A7" w14:textId="5EF07DEF" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4020"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="0090060B">
-        <w:t>25</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06F4D">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>-_____-___</w:t>
       </w:r>
       <w:r w:rsidR="0090060B">
         <w:t>__</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19A427A7" w14:textId="7D0A7239" w:rsidR="002D57DC" w:rsidRDefault="0090060B" w:rsidP="002D57DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4020"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Garliava</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4991FD0C" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -368,51 +369,59 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(reikalingą </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pa</w:t>
       </w:r>
       <w:r w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>braukti)</w:t>
       </w:r>
       <w:r>
-        <w:t>_________ ___________________________________________________________, gimusį(ią) ___________</w:t>
+        <w:t>_________ ___________________________________________________________, gimusį(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ią</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) ___________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68E6BB0B" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00601C22" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(vaiko vardas ir pavardė, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -427,51 +436,59 @@
       <w:r w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>gimimo data)</w:t>
       </w:r>
       <w:r w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="684F3FCC" w14:textId="77777777" w:rsidR="0090060B" w:rsidRDefault="002D57DC" w:rsidP="0090060B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> gyvenantį(ią) _________________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> gyvenantį(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ią</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) _________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="552EAF14" w14:textId="69BBE50E" w:rsidR="002D57DC" w:rsidRPr="0090060B" w:rsidRDefault="002D57DC" w:rsidP="0090060B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>deklaruotos gyvenamosios vietos adresas)</w:t>
@@ -502,74 +519,74 @@
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>_________klasę</w:t>
       </w:r>
       <w:r w:rsidR="0090060B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00691520">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4635399A" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="007C2D7D" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1923BD4A" wp14:editId="3E62651B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1923BD4A" wp14:editId="04D726DD">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5748767</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>15939</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="152400" cy="168275"/>
             <wp:effectExtent l="0" t="0" r="0" b="3175"/>
             <wp:wrapNone/>
             <wp:docPr id="310898109" name="Paveikslėlis 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="310898109" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="152400" cy="168275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
@@ -610,225 +627,225 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="000D0D78">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02EFA33D" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00930BCD" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BCD">
         <w:t>Asmuo, turintis sunkių judėjimo ir atramos funkcijos sutrikimų.</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BCD">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E5609EA" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00930BCD" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BCD">
         <w:t>Asmuo, kurio bent vienas iš tėvų turi sunkių judėjimo ir atramos funkcijos sutrikimų.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05C73D0A" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00930BCD" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00930BCD">
         <w:t>Įvaikintas asmuo, globotinis, rūpintinis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="477D69BF" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00537145" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00930BCD">
         <w:t>Asmuo, turintis</w:t>
       </w:r>
       <w:r w:rsidRPr="00537145">
         <w:t xml:space="preserve"> didelių ar labai didelių specialiųjų ugdymosi poreikių.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="314E984F" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00537145" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00537145">
         <w:t>Asmuo, kurio gyvenamoji vieta deklaruota savivaldybės suteiktame socialiniame būste.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F35D2F6" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00537145" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00537145">
         <w:t>Asmuo, kurio broliai / seserys prašymo pateikimo metu jau mokosi toje įstaigoje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EEAED0D" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00537145" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00537145">
         <w:t>Asmuo, kurio bent vienas iš tėvų pedagoginis darbuotojas, dirbantis toje įstaigoje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5594E2B7" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00537145" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00537145">
         <w:t>Asmuo, kurio tėvai patenka į savivaldybės tarybos sprendimu patvirtintą Trūkstamų specialistų pritraukimo į savivaldybės viešąsias ir biudžetines įstaigas programą.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BCA5BE6" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00537145" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00537145">
         <w:t xml:space="preserve">Asmuo, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">gyvenamąją vietą </w:t>
       </w:r>
       <w:r w:rsidRPr="00537145">
         <w:t>deklaravęs Mokyklai priskirtoje aptarnavimo teritorijoje.</w:t>
       </w:r>
     </w:p>
@@ -902,130 +919,130 @@
       <w:r w:rsidRPr="000D0D78">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="409DED70" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05AAC725" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="007C2D7D" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="216F72C3" wp14:editId="6A259217">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="216F72C3" wp14:editId="11AF1577">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5748767</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>15939</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="152400" cy="168275"/>
             <wp:effectExtent l="0" t="0" r="0" b="3175"/>
             <wp:wrapNone/>
             <wp:docPr id="1012972453" name="Paveikslėlis 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="310898109" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="152400" cy="168275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BE3069C" wp14:editId="086D74C6">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BE3069C" wp14:editId="4B1C2472">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5748767</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>15939</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="152400" cy="168275"/>
             <wp:effectExtent l="0" t="0" r="0" b="3175"/>
             <wp:wrapNone/>
             <wp:docPr id="471439391" name="Paveikslėlis 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="310898109" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="152400" cy="168275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
@@ -1066,424 +1083,424 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="000D0D78">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03A687AC" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>asmuo</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, kurį augina vienas iš tėvų (</w:t>
       </w:r>
       <w:r>
         <w:t>tiksliai parašyta 6.2. papunktyje</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26AF91ED" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>asmuo</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> su negalia bei </w:t>
       </w:r>
       <w:r>
         <w:t>asmuo</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, kurio vienas arba abu tėvai yra asmenys su negalia</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="387DECAB" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>dvynukai, trynukai ir kiti daugiavaisio gimimo asmenys (priimami kartu)</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51ED1F1B" w14:textId="43E1C212" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>asmenys iš daugiavaik</w:t>
       </w:r>
       <w:r w:rsidR="0090060B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ų šeimų</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10CF377D" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>asmuo, kurio broliai ir (ar) seserys prašymo pateikimo metu jau mokosi toje mokykloje</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (netaikoma ikimokyklinio ugdymo programoje besimokantiems vaikams);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7890605E" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>asmuo, kuris jau mokėsi, buvo ugdomas toje ugdymo įstaigoje, kurioje pageidauja tęsti mokymąsi, pagal aukštesnio lygmens programą</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55CDEB8F" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>asmuo</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, kurio bent vienas iš tėvų užsienio valstybių diplomatinio korpuso darbuotojas, dirbantis LR esančiose diplomatinėse atstovybėse, LR diplomatinio korpuso darbuotojas, sugrįžęs iš darbo užsienyje gyventi į Mokyklai priskirtą aptarnavimo teritoriją, ir LR krašto apsaugos sistemos profesinės karo tarnybos karys, perkeltas gyventi į mokyklai priskirtą aptarnavimo teritoriją</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (tiksliai parašyta 6.7. papunktyje);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57D2BF10" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>reemigrantų vaikas, kurio tėvai buvo deklaravę išvykimą iš Lietuvos, tačiau apsisprendė grįžti ir prie savo prašymo pateikė visus reikiamus dokumentus, patvirtinančius, kad jie su savo vaikais buvo išvykę gyventi į užsienį (išsideklaravimo iš Lietuvos pažyma, vaiko mokymosi užsienyje pasiekimų pažyma) ir nuo grįžimo į Lietuvą nesimokė pagal jokią ugdymo programą LR teritorijoje</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (tiksliai parašyta 6.8. papunktyje);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AF8BB27" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>asmuo</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, kurio bent vienas iš tėvų toje mokykloje dirbantis pedagoginis darbuotojas</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4330A80D" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CABCF3E" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>PRIDEDAMOS PIRMUMO TEISĘ PATVIRTINANČIŲ DOKUMENTŲ KOPIJOS:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="263A532B" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="269563B3" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C1EA404" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E870D10" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E0CEFF6" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="415E7F58" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00AA7E1F" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="614817AD" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="203864"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25C13758" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1493,220 +1510,149 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20247A77" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="1418"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
       <w:r>
         <w:t>____________                     ___________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BC5987F" w14:textId="05525DB6" w:rsidR="00DA4268" w:rsidRDefault="002D57DC" w:rsidP="0090060B">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="2279"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>parašas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)                                                                 (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pareiškėjo vardas ir pavardė</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35841E9B" w14:textId="72A26941" w:rsidR="00BC74C8" w:rsidRDefault="00BC74C8" w:rsidP="0090060B">
-[...67 lines deleted...]
-    <w:sectPr w:rsidR="00BC74C8" w:rsidSect="0090060B">
+    <w:sectPr w:rsidR="00DA4268" w:rsidSect="0090060B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E900048"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0709C02"/>
     <w:lvl w:ilvl="0" w:tplc="4140C518">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -1879,71 +1825,71 @@
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2058770546">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1870095902">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D57DC"/>
     <w:rsid w:val="000C55F8"/>
     <w:rsid w:val="002D57DC"/>
     <w:rsid w:val="003E60AC"/>
-    <w:rsid w:val="003F5DA9"/>
     <w:rsid w:val="0090060B"/>
-    <w:rsid w:val="00BC74C8"/>
+    <w:rsid w:val="00A06F4D"/>
+    <w:rsid w:val="00B755CC"/>
     <w:rsid w:val="00DA4268"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -2328,619 +2274,592 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002D57DC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat1Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="002D57DC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Antrat2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat2Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002D57DC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Antrat3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading3Char"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat3Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002D57DC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Antrat4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading4Char"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat4Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002D57DC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Antrat5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading5Char"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat5Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002D57DC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="Antrat6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading6Char"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat6Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002D57DC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading7">
+  <w:style w:type="paragraph" w:styleId="Antrat7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading7Char"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat7Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002D57DC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading8">
+  <w:style w:type="paragraph" w:styleId="Antrat8">
     <w:name w:val="heading 8"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading8Char"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat8Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002D57DC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading9">
+  <w:style w:type="paragraph" w:styleId="Antrat9">
     <w:name w:val="heading 9"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading9Char"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat9Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002D57DC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat1Diagrama">
+    <w:name w:val="Antraštė 1 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002D57DC"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat2Diagrama">
+    <w:name w:val="Antraštė 2 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002D57DC"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat3Diagrama">
+    <w:name w:val="Antraštė 3 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002D57DC"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat4Diagrama">
+    <w:name w:val="Antraštė 4 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002D57DC"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat5Diagrama">
+    <w:name w:val="Antraštė 5 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002D57DC"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat6Diagrama">
+    <w:name w:val="Antraštė 6 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002D57DC"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat7Diagrama">
+    <w:name w:val="Antraštė 7 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002D57DC"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat8Diagrama">
+    <w:name w:val="Antraštė 8 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002D57DC"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat9Diagrama">
+    <w:name w:val="Antraštė 9 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002D57DC"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Pavadinimas">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="TitleChar"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="PavadinimasDiagrama"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="002D57DC"/>
     <w:pPr>
       <w:spacing w:after="80"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...2 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PavadinimasDiagrama">
+    <w:name w:val="Pavadinimas Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Pavadinimas"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="002D57DC"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:type="paragraph" w:styleId="Paantrat">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="SubtitleChar"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="PaantratDiagrama"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="002D57DC"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
-[...2 lines deleted...]
-    <w:link w:val="Subtitle"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PaantratDiagrama">
+    <w:name w:val="Paantraštė Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Paantrat"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="002D57DC"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Quote">
+  <w:style w:type="paragraph" w:styleId="Citata">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="QuoteChar"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="CitataDiagrama"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="002D57DC"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
-[...2 lines deleted...]
-    <w:link w:val="Quote"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitataDiagrama">
+    <w:name w:val="Citata Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Citata"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="002D57DC"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002D57DC"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseEmphasis">
+  <w:style w:type="character" w:styleId="Rykuspabraukimas">
     <w:name w:val="Intense Emphasis"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="002D57DC"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+  <w:style w:type="paragraph" w:styleId="Iskirtacitata">
     <w:name w:val="Intense Quote"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="IntenseQuoteChar"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="IskirtacitataDiagrama"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="002D57DC"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
-[...2 lines deleted...]
-    <w:link w:val="IntenseQuote"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IskirtacitataDiagrama">
+    <w:name w:val="Išskirta citata Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Iskirtacitata"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="002D57DC"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseReference">
+  <w:style w:type="character" w:styleId="Rykinuoroda">
     <w:name w:val="Intense Reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="002D57DC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...26 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -3194,75 +3113,59 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
+  <Pages>1</Pages>
   <Words>680</Words>
-  <Characters>3879</Characters>
+  <Characters>3877</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4550</CharactersWithSpaces>
+  <CharactersWithSpaces>4548</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sandra Žydaitienė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>